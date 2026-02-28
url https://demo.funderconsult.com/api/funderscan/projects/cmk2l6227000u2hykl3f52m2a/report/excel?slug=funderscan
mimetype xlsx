--- v0 (2026-01-10)
+++ v1 (2026-02-28)
@@ -1,219 +1,457 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Project" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="Beoordeling &amp; Advies" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Metingen" state="visible" r:id="rId6"/>
+    <sheet sheetId="4" name="Meetpunten (ruw)" state="visible" r:id="rId7"/>
+    <sheet sheetId="5" name="Pandzakking (ruw)" state="visible" r:id="rId8"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="128">
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Projectnaam</t>
   </si>
   <si>
     <t>Test project</t>
   </si>
   <si>
     <t>Project-ID</t>
   </si>
   <si>
     <t>cmk2l6227000u2hykl3f52m2a</t>
   </si>
   <si>
     <t>Exportdatum</t>
   </si>
   <si>
-    <t>10 jan 2026, 05:31</t>
+    <t>28 feb 2026, 10:23</t>
   </si>
   <si>
     <t>Objecten</t>
   </si>
   <si>
     <t>Conclusie</t>
   </si>
   <si>
     <t xml:space="preserve">## CONCLUSIE  
 De beoordeling van de funderingssituatie in de Suikerstraat en Boogjes in Dordrecht toont een gemengd schadebeeld. Twee objecten, Suikerstraat 70 en Boogjes 177, vertonen significante structurele schade met duidelijke tekenen van funderingsproblemen, zoals scheurvorming en scheefstand. De beoordeling door de expert heeft deze objecten geclassificeerd met een verhoogd risico, wat duidt op een hoge urgentie voor nader funderingsonderzoek. De overige panden, Suikerstraat 72 en Boogjes 175, vertonen geen of lichte indicaties van funderingsproblemen, met een beoordeling die wijst op een laag risico. 
 Er zijn aanwijzingen voor actief voortschrijdende schade bij de objecten met verhoogd risico, wat de noodzaak voor een spoedige aanpak onderstreept.
 ## BEWIJSGROND EN BETROUWBAARHEID  
 De beoordeling is gebaseerd op de systematiek van richtlijnen en de feitelijke metingen. De metingen omvatten scheurbreedte, scheefstand volgens lintvoeg- en loodmetingen, en de waarnemingen van pandzakking. De expertbeoordeling heeft in enkele gevallen geleid tot afwijkingen van de normatieve beoordeling, met name voor de objecten met significante schade. De betrouwbaarheid van de beoordeling is hoog, gebaseerd op systematische opname en metingen, hoewel voor sommige objecten aanvullende data ontbreekt.
 ## ADVIES  
 Voor de objecten met een verhoogd risico (Suikerstraat 70 en Boogjes 177) is het advies om binnen korte termijn een volledig funderingsonderzoek uit te voeren. Dit onderzoek moet gericht zijn op het funderingstype, draagvermogen, grondwaterregime en bodemopbouw, met als doel een gefaseerd maatregelenplan op te stellen. Voor de panden met een laag risico (Suikerstraat 72 en Boogjes 175) wordt aanbevolen om regelmatig monitoring en periodieke inspecties uit te voeren om tijdig in te kunnen spelen op eventuele wijzigingen.
 ## ONZEKERHEDEN EN RANDVOORWAARDEN  
 Belangrijke onzekerheden betreffen de ontbrekende meetdata voor enkele objecten, evenals de indicatieve aard van de metingen bij de panden met lage schade-indicaties. De beoordeling is een momentopname op basis van de beschikbare informatie en kan in de toekomst wijzigen indien nieuwe gegevens beschikbaar komen.</t>
   </si>
   <si>
+    <t>Cluster</t>
+  </si>
+  <si>
     <t>Object</t>
   </si>
   <si>
     <t>Risico status</t>
   </si>
   <si>
     <t>Risico code</t>
   </si>
   <si>
     <t>Risico (berekend)</t>
   </si>
   <si>
     <t>Risico motivatie</t>
   </si>
   <si>
     <t>Statusnotitie</t>
   </si>
   <si>
     <t>Advies</t>
   </si>
   <si>
     <t>Adviescode</t>
   </si>
   <si>
     <t>Adviesnotitie</t>
   </si>
   <si>
     <t>Expert</t>
   </si>
   <si>
     <t>Expert datum</t>
   </si>
   <si>
+    <t>Geen cluster</t>
+  </si>
+  <si>
     <t>Suikerstraat 72, 3311VV Dordrecht</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>MIDDEN</t>
   </si>
   <si>
     <t>Funderingsonderzoek</t>
   </si>
   <si>
     <t>funderingsonderzoek</t>
   </si>
   <si>
     <t>Don Zandbergen</t>
   </si>
   <si>
     <t>20 dec 2025, 09:25</t>
   </si>
   <si>
     <t>Suikerstraat 70, 3311VV Dordrecht</t>
   </si>
   <si>
     <t>HOOG</t>
   </si>
   <si>
     <t>Boogjes 175, 3311VC Dordrecht</t>
   </si>
   <si>
-    <t>LAAG</t>
-[...1 lines deleted...]
-  <si>
     <t>Herstel middels paalsysteem</t>
   </si>
   <si>
     <t>paalsysteem</t>
   </si>
   <si>
     <t>Boogjes 177, 3311VC Dordrecht</t>
   </si>
   <si>
     <t>Lintvoeg</t>
   </si>
   <si>
     <t>Lood</t>
   </si>
   <si>
     <t>Scheur</t>
   </si>
   <si>
     <t>Pandzakking</t>
   </si>
   <si>
     <t>Matig (1:139)</t>
   </si>
   <si>
     <t>Niet beoordeeld</t>
   </si>
   <si>
     <t>Nihil</t>
   </si>
   <si>
+    <t>Klein</t>
+  </si>
+  <si>
     <t>Matig (1:138)</t>
   </si>
   <si>
     <t>Matig (1:182)</t>
   </si>
   <si>
     <t>Groot</t>
   </si>
   <si>
     <t>Nihil (1:1344)</t>
   </si>
   <si>
+    <t>Matig</t>
+  </si>
+  <si>
     <t>Zeer groot (1:64)</t>
   </si>
   <si>
     <t>Zeer groot (1:63)</t>
   </si>
   <si>
-    <t>Klein</t>
+    <t>Meettype</t>
+  </si>
+  <si>
+    <t>Meting ID</t>
+  </si>
+  <si>
+    <t>Meetpunt ID</t>
+  </si>
+  <si>
+    <t>Volgnummer</t>
+  </si>
+  <si>
+    <t>Eenheid</t>
+  </si>
+  <si>
+    <t>Lint hoogte (mm)</t>
+  </si>
+  <si>
+    <t>Lint afstand (mm)</t>
+  </si>
+  <si>
+    <t>Lint afstand override (mm)</t>
+  </si>
+  <si>
+    <t>Lint breuk</t>
+  </si>
+  <si>
+    <t>Scheefstand ratio</t>
+  </si>
+  <si>
+    <t>Verpl. secundair (mm)</t>
+  </si>
+  <si>
+    <t>Verpl. secundair noot</t>
+  </si>
+  <si>
+    <t>Beoordeling code</t>
+  </si>
+  <si>
+    <t>Beoordeling sec.</t>
+  </si>
+  <si>
+    <t>Severity</t>
+  </si>
+  <si>
+    <t>Lint classificatie</t>
+  </si>
+  <si>
+    <t>Scheefstand classificatie</t>
+  </si>
+  <si>
+    <t>Opmerking</t>
+  </si>
+  <si>
+    <t>Omschrijving</t>
+  </si>
+  <si>
+    <t>Locatie</t>
+  </si>
+  <si>
+    <t>Lat</t>
+  </si>
+  <si>
+    <t>Lng</t>
+  </si>
+  <si>
+    <t>Staart lat</t>
+  </si>
+  <si>
+    <t>Staart lng</t>
+  </si>
+  <si>
+    <t>Annotaties</t>
+  </si>
+  <si>
+    <t>cmk2l623r00102hykhf282ee2</t>
+  </si>
+  <si>
+    <t>cmk5dzj4o00ly1awvaepwehyg</t>
+  </si>
+  <si>
+    <t>cmk2l622k000v2hykxzjf1kke</t>
+  </si>
+  <si>
+    <t>cmk5dzj4t00lz1awv4ec66693</t>
+  </si>
+  <si>
+    <t>cmk5dzj4y00m01awvdcy5puwv</t>
+  </si>
+  <si>
+    <t>cmk5dzj5300m11awv9q1npwjv</t>
+  </si>
+  <si>
+    <t>cmk2l622s000w2hyk87r4ip2b</t>
+  </si>
+  <si>
+    <t>cmk5dzj5800m21awvzykkhsth</t>
+  </si>
+  <si>
+    <t>cmk5dzj5d00m31awvx9tyfzui</t>
+  </si>
+  <si>
+    <t>cmk5dzj5i00m41awv2oe5yb0p</t>
+  </si>
+  <si>
+    <t>cmk5dzj5n00m51awvyzn0t7i8</t>
+  </si>
+  <si>
+    <t>cmk5dzj5r00m61awv6qepx3yq</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>cmk2l6239000z2hykeed1n5es</t>
+  </si>
+  <si>
+    <t>cmk5dzj5x00m71awv1ghfglv5</t>
+  </si>
+  <si>
+    <t>cmk5dzj6200m81awvsg79r2rc</t>
+  </si>
+  <si>
+    <t>cmk5dzj6700m91awv7ffohp5f</t>
+  </si>
+  <si>
+    <t>cmk2l6233000y2hykeepsdo8h</t>
+  </si>
+  <si>
+    <t>cmk5dzj6b00ma1awvvq2vhrfh</t>
+  </si>
+  <si>
+    <t>cmk5dzj6h00mb1awvoiko37g5</t>
+  </si>
+  <si>
+    <t>2600</t>
+  </si>
+  <si>
+    <t>cmk2l626a001f2hyk4i98y99g</t>
+  </si>
+  <si>
+    <t>cmk5dgj5i00fy19wvhinhy9v2</t>
+  </si>
+  <si>
+    <t>mm</t>
+  </si>
+  <si>
+    <t>cmk5dgj5o00fz19wvavb9eg5l</t>
+  </si>
+  <si>
+    <t>Bolling</t>
+  </si>
+  <si>
+    <t>cmk5dgj5v00g019wvwzlmczha</t>
+  </si>
+  <si>
+    <t>cmk5dgj6000g119wvidtqmkxn</t>
+  </si>
+  <si>
+    <t>cmk5dgj6400g219wvix3sha5y</t>
+  </si>
+  <si>
+    <t>cmk5dgj6900g319wvz8fks9ng</t>
+  </si>
+  <si>
+    <t>cmk5dgj6e00g419wvjaenoz21</t>
+  </si>
+  <si>
+    <t>cmk5dgj6k00g519wvsidjiu1d</t>
+  </si>
+  <si>
+    <t>cmk5dgj6p00g619wvqs8w7mpf</t>
+  </si>
+  <si>
+    <t>cmk5dgj6u00g719wvytpcb3ja</t>
+  </si>
+  <si>
+    <t>cmk5dgj6z00g819wvx9d6vb5f</t>
+  </si>
+  <si>
+    <t>cmk5dgj7300g919wvkn1v3g3g</t>
+  </si>
+  <si>
+    <t>cmk5dgj7800ga19wvmuc76nlk</t>
+  </si>
+  <si>
+    <t>cmk5dgj7d00gb19wve76mccxd</t>
+  </si>
+  <si>
+    <t>cmk2l628q001u2hyksggbnbjg</t>
+  </si>
+  <si>
+    <t>cmk2l628z001v2hyk109b3pbf</t>
+  </si>
+  <si>
+    <t>cmk2l629e001x2hykye0176sy</t>
+  </si>
+  <si>
+    <t>cmk2l629k001y2hyktg2jes6n</t>
+  </si>
+  <si>
+    <t>cmk2l629z00212hykknxmfjzs</t>
+  </si>
+  <si>
+    <t>cmk2l62a500222hyk9c1u7h2e</t>
+  </si>
+  <si>
+    <t>cmk2l62a900232hykmis8eqzf</t>
+  </si>
+  <si>
+    <t>cmk2l62ae00242hykl6orqk2y</t>
+  </si>
+  <si>
+    <t>cmk2l62ak00252hykjxbm1l47</t>
+  </si>
+  <si>
+    <t>cmk2l62ap00262hykv2toodj6</t>
+  </si>
+  <si>
+    <t>Snelheid (mm/jaar)</t>
+  </si>
+  <si>
+    <t>Snelheid FunderMaps</t>
+  </si>
+  <si>
+    <t>Snelheid handmatig</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -225,51 +463,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -613,363 +851,2216 @@
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K5"/>
+  <dimension ref="A1:L5"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
-    <col min="1" max="1" width="32" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="11" width="24" customWidth="1"/>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="3" width="20" customWidth="1"/>
+    <col min="4" max="5" width="18" customWidth="1"/>
+    <col min="6" max="7" width="40" customWidth="1"/>
+    <col min="8" max="8" width="22" customWidth="1"/>
+    <col min="9" max="9" width="18" customWidth="1"/>
+    <col min="10" max="10" width="40" customWidth="1"/>
+    <col min="11" max="12" width="24" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>11</v>
       </c>
       <c r="B1" t="s">
         <v>12</v>
       </c>
       <c r="C1" t="s">
         <v>13</v>
       </c>
       <c r="D1" t="s">
         <v>14</v>
       </c>
       <c r="E1" t="s">
         <v>15</v>
       </c>
       <c r="F1" t="s">
         <v>16</v>
       </c>
       <c r="G1" t="s">
         <v>17</v>
       </c>
       <c r="H1" t="s">
         <v>18</v>
       </c>
       <c r="I1" t="s">
         <v>19</v>
       </c>
       <c r="J1" t="s">
         <v>20</v>
       </c>
       <c r="K1" t="s">
         <v>21</v>
       </c>
-    </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="L1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" t="s">
+        <v>28</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>29</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>25</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="I2" t="s">
-[...59 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
       <c r="I4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K4" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="I5" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="J5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K5" t="s">
-        <v>28</v>
+        <v>29</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F5"/>
+  <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
+  <cols>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="6" width="24" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AB34"/>
+  <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
+  <cols>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="3" width="16" customWidth="1"/>
+    <col min="4" max="5" width="26" customWidth="1"/>
+    <col min="6" max="7" width="12" customWidth="1"/>
+    <col min="8" max="8" width="10" customWidth="1"/>
+    <col min="9" max="9" width="16" customWidth="1"/>
+    <col min="10" max="10" width="18" customWidth="1"/>
+    <col min="11" max="11" width="24" customWidth="1"/>
+    <col min="12" max="12" width="12" customWidth="1"/>
+    <col min="13" max="13" width="16" customWidth="1"/>
+    <col min="14" max="14" width="22" customWidth="1"/>
+    <col min="15" max="15" width="26" customWidth="1"/>
+    <col min="16" max="17" width="18" customWidth="1"/>
+    <col min="18" max="18" width="10" customWidth="1"/>
+    <col min="19" max="19" width="20" customWidth="1"/>
+    <col min="20" max="20" width="24" customWidth="1"/>
+    <col min="21" max="22" width="32" customWidth="1"/>
+    <col min="23" max="23" width="28" customWidth="1"/>
+    <col min="24" max="28" width="12" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H1" t="s">
+        <v>56</v>
+      </c>
+      <c r="I1" t="s">
+        <v>57</v>
+      </c>
+      <c r="J1" t="s">
+        <v>58</v>
+      </c>
+      <c r="K1" t="s">
+        <v>59</v>
+      </c>
+      <c r="L1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N1" t="s">
+        <v>62</v>
+      </c>
+      <c r="O1" t="s">
+        <v>63</v>
+      </c>
+      <c r="P1" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>65</v>
+      </c>
+      <c r="R1" t="s">
+        <v>66</v>
+      </c>
+      <c r="S1" t="s">
+        <v>67</v>
+      </c>
+      <c r="T1" t="s">
+        <v>68</v>
+      </c>
+      <c r="U1" t="s">
+        <v>69</v>
+      </c>
+      <c r="V1" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1" t="s">
+        <v>71</v>
+      </c>
+      <c r="X1" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y1" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z1" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2">
+        <v>0</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="P2" t="s">
+        <v>79</v>
+      </c>
+      <c r="R2">
+        <v>0</v>
+      </c>
+      <c r="S2" t="s">
+        <v>25</v>
+      </c>
+      <c r="T2" t="s">
+        <v>25</v>
+      </c>
+      <c r="X2">
+        <v>51.81294537815143</v>
+      </c>
+      <c r="Y2">
+        <v>4.659515916758011</v>
+      </c>
+      <c r="AB2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" t="s">
+        <v>37</v>
+      </c>
+      <c r="D3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3">
+        <v>1</v>
+      </c>
+      <c r="I3">
+        <v>-10</v>
+      </c>
+      <c r="J3">
+        <v>1391</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="P3" t="s">
+        <v>79</v>
+      </c>
+      <c r="R3">
+        <v>0</v>
+      </c>
+      <c r="S3" t="s">
+        <v>25</v>
+      </c>
+      <c r="T3" t="s">
+        <v>25</v>
+      </c>
+      <c r="X3">
+        <v>51.81295527541326</v>
+      </c>
+      <c r="Y3">
+        <v>4.659503550965155</v>
+      </c>
+      <c r="AB3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4">
+        <v>2</v>
+      </c>
+      <c r="I4">
+        <v>-23</v>
+      </c>
+      <c r="J4">
+        <v>2154</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="P4" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4">
+        <v>0</v>
+      </c>
+      <c r="S4" t="s">
+        <v>25</v>
+      </c>
+      <c r="T4" t="s">
+        <v>25</v>
+      </c>
+      <c r="X4">
+        <v>51.81297054291801</v>
+      </c>
+      <c r="Y4">
+        <v>4.659484257705486</v>
+      </c>
+      <c r="AB4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F5">
+        <v>3</v>
+      </c>
+      <c r="I5">
+        <v>-28</v>
+      </c>
+      <c r="J5">
+        <v>3113</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="P5" t="s">
+        <v>83</v>
+      </c>
+      <c r="R5">
+        <v>0</v>
+      </c>
+      <c r="S5" t="s">
+        <v>25</v>
+      </c>
+      <c r="T5" t="s">
+        <v>25</v>
+      </c>
+      <c r="X5">
+        <v>51.81299236443508</v>
+      </c>
+      <c r="Y5">
+        <v>4.659455900678722</v>
+      </c>
+      <c r="AB5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6">
+        <v>4</v>
+      </c>
+      <c r="I6">
+        <v>-18</v>
+      </c>
+      <c r="J6">
+        <v>1383</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="P6" t="s">
+        <v>83</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6" t="s">
+        <v>25</v>
+      </c>
+      <c r="T6" t="s">
+        <v>25</v>
+      </c>
+      <c r="X6">
+        <v>51.81300480110241</v>
+      </c>
+      <c r="Y6">
+        <v>4.659455565401998</v>
+      </c>
+      <c r="AB6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>77</v>
+      </c>
+      <c r="E7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7">
+        <v>5</v>
+      </c>
+      <c r="I7">
+        <v>-17</v>
+      </c>
+      <c r="J7">
+        <v>1652</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="P7" t="s">
+        <v>83</v>
+      </c>
+      <c r="R7">
+        <v>0</v>
+      </c>
+      <c r="S7" t="s">
+        <v>25</v>
+      </c>
+      <c r="T7" t="s">
+        <v>25</v>
+      </c>
+      <c r="X7">
+        <v>51.81301697857936</v>
+      </c>
+      <c r="Y7">
+        <v>4.65946933539874</v>
+      </c>
+      <c r="AB7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>86</v>
+      </c>
+      <c r="F8">
+        <v>6</v>
+      </c>
+      <c r="I8">
+        <v>-10</v>
+      </c>
+      <c r="J8">
+        <v>2196</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+      <c r="R8">
+        <v>0</v>
+      </c>
+      <c r="S8" t="s">
+        <v>25</v>
+      </c>
+      <c r="T8" t="s">
+        <v>25</v>
+      </c>
+      <c r="X8">
+        <v>51.81303297756324</v>
+      </c>
+      <c r="Y8">
+        <v>4.659488052129745</v>
+      </c>
+      <c r="AB8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9">
+        <v>7</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>2747</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+      <c r="R9">
+        <v>0</v>
+      </c>
+      <c r="S9" t="s">
+        <v>25</v>
+      </c>
+      <c r="T9" t="s">
+        <v>25</v>
+      </c>
+      <c r="X9">
+        <v>51.8130525858426</v>
+      </c>
+      <c r="Y9">
+        <v>4.659512351313253</v>
+      </c>
+      <c r="AB9">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10">
+        <v>8</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10">
+        <v>103063</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+      <c r="R10">
+        <v>0</v>
+      </c>
+      <c r="S10" t="s">
+        <v>25</v>
+      </c>
+      <c r="T10" t="s">
+        <v>25</v>
+      </c>
+      <c r="X10">
+        <v>51.8126504557419</v>
+      </c>
+      <c r="Y10">
+        <v>4.660863114168734</v>
+      </c>
+      <c r="AB10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11">
+        <v>9</v>
+      </c>
+      <c r="I11">
+        <v>-16</v>
+      </c>
+      <c r="J11">
+        <v>1027</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+      <c r="R11">
+        <v>0</v>
+      </c>
+      <c r="S11" t="s">
+        <v>25</v>
+      </c>
+      <c r="T11" t="s">
+        <v>25</v>
+      </c>
+      <c r="X11">
+        <v>51.81265105685114</v>
+      </c>
+      <c r="Y11">
+        <v>4.660848205581317</v>
+      </c>
+      <c r="AB11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12">
+        <v>10</v>
+      </c>
+      <c r="I12">
+        <v>-21</v>
+      </c>
+      <c r="J12">
+        <v>1118</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+      <c r="R12">
+        <v>0</v>
+      </c>
+      <c r="S12" t="s">
+        <v>25</v>
+      </c>
+      <c r="T12" t="s">
+        <v>25</v>
+      </c>
+      <c r="X12">
+        <v>51.81265185833047</v>
+      </c>
+      <c r="Y12">
+        <v>4.660832000594496</v>
+      </c>
+      <c r="AB12">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13">
+        <v>11</v>
+      </c>
+      <c r="I13">
+        <v>-24</v>
+      </c>
+      <c r="J13">
+        <v>2322</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+      <c r="R13">
+        <v>0</v>
+      </c>
+      <c r="S13" t="s">
+        <v>25</v>
+      </c>
+      <c r="T13" t="s">
+        <v>25</v>
+      </c>
+      <c r="X13">
+        <v>51.81265452049675</v>
+      </c>
+      <c r="Y13">
+        <v>4.66079849789304</v>
+      </c>
+      <c r="AB13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14">
+        <v>12</v>
+      </c>
+      <c r="I14">
+        <v>-22</v>
+      </c>
+      <c r="J14">
+        <v>1657</v>
+      </c>
+      <c r="L14" t="s">
+        <v>25</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+      <c r="R14">
+        <v>0</v>
+      </c>
+      <c r="S14" t="s">
+        <v>25</v>
+      </c>
+      <c r="T14" t="s">
+        <v>25</v>
+      </c>
+      <c r="X14">
+        <v>51.81265636891814</v>
+      </c>
+      <c r="Y14">
+        <v>4.660774579198772</v>
+      </c>
+      <c r="AB14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>77</v>
+      </c>
+      <c r="E15" t="s">
+        <v>96</v>
+      </c>
+      <c r="F15">
+        <v>13</v>
+      </c>
+      <c r="I15">
+        <v>-24</v>
+      </c>
+      <c r="J15">
+        <v>2687</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="P15" t="s">
+        <v>94</v>
+      </c>
+      <c r="R15">
+        <v>0</v>
+      </c>
+      <c r="S15" t="s">
+        <v>25</v>
+      </c>
+      <c r="T15" t="s">
+        <v>25</v>
+      </c>
+      <c r="U15" t="s">
+        <v>97</v>
+      </c>
+      <c r="X15">
+        <v>51.81265895670771</v>
+      </c>
+      <c r="Y15">
+        <v>4.660735711320172</v>
+      </c>
+      <c r="AB15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16">
+        <v>4</v>
+      </c>
+      <c r="H16" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="P16" t="s">
+        <v>83</v>
+      </c>
+      <c r="R16">
+        <v>0</v>
+      </c>
+      <c r="S16" t="s">
+        <v>25</v>
+      </c>
+      <c r="T16" t="s">
+        <v>25</v>
+      </c>
+      <c r="X16">
+        <v>51.81294537815143</v>
+      </c>
+      <c r="Y16">
+        <v>4.659515916758011</v>
+      </c>
+      <c r="AB16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>98</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17">
+        <v>1</v>
+      </c>
+      <c r="G17">
+        <v>4</v>
+      </c>
+      <c r="H17" t="s">
+        <v>100</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="P17" t="s">
+        <v>83</v>
+      </c>
+      <c r="R17">
+        <v>0</v>
+      </c>
+      <c r="S17" t="s">
+        <v>25</v>
+      </c>
+      <c r="T17" t="s">
+        <v>25</v>
+      </c>
+      <c r="U17" t="s">
+        <v>102</v>
+      </c>
+      <c r="X17">
+        <v>51.81295527541326</v>
+      </c>
+      <c r="Y17">
+        <v>4.659503550965155</v>
+      </c>
+      <c r="AB17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18">
+        <v>2</v>
+      </c>
+      <c r="G18">
+        <v>9</v>
+      </c>
+      <c r="H18" t="s">
+        <v>100</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="P18" t="s">
+        <v>83</v>
+      </c>
+      <c r="R18">
+        <v>0</v>
+      </c>
+      <c r="S18" t="s">
+        <v>25</v>
+      </c>
+      <c r="T18" t="s">
+        <v>25</v>
+      </c>
+      <c r="U18" t="s">
+        <v>102</v>
+      </c>
+      <c r="X18">
+        <v>51.81297054291801</v>
+      </c>
+      <c r="Y18">
+        <v>4.659484257705486</v>
+      </c>
+      <c r="AB18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19">
+        <v>3</v>
+      </c>
+      <c r="G19">
+        <v>11</v>
+      </c>
+      <c r="H19" t="s">
+        <v>100</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="P19" t="s">
+        <v>83</v>
+      </c>
+      <c r="R19">
+        <v>0</v>
+      </c>
+      <c r="S19" t="s">
+        <v>25</v>
+      </c>
+      <c r="T19" t="s">
+        <v>25</v>
+      </c>
+      <c r="X19">
+        <v>51.81299236443508</v>
+      </c>
+      <c r="Y19">
+        <v>4.659455900678722</v>
+      </c>
+      <c r="AB19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>12</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>105</v>
+      </c>
+      <c r="F20">
+        <v>4</v>
+      </c>
+      <c r="G20">
+        <v>4</v>
+      </c>
+      <c r="H20" t="s">
+        <v>100</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="P20" t="s">
+        <v>83</v>
+      </c>
+      <c r="R20">
+        <v>0</v>
+      </c>
+      <c r="S20" t="s">
+        <v>25</v>
+      </c>
+      <c r="T20" t="s">
+        <v>25</v>
+      </c>
+      <c r="X20">
+        <v>51.81300480110241</v>
+      </c>
+      <c r="Y20">
+        <v>4.659455565401998</v>
+      </c>
+      <c r="AB20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21">
+        <v>5</v>
+      </c>
+      <c r="G21">
+        <v>4</v>
+      </c>
+      <c r="H21" t="s">
+        <v>100</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="P21" t="s">
+        <v>83</v>
+      </c>
+      <c r="R21">
+        <v>0</v>
+      </c>
+      <c r="S21" t="s">
+        <v>25</v>
+      </c>
+      <c r="T21" t="s">
+        <v>25</v>
+      </c>
+      <c r="X21">
+        <v>51.81301697857936</v>
+      </c>
+      <c r="Y21">
+        <v>4.65946933539874</v>
+      </c>
+      <c r="AB21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" t="s">
+        <v>12</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" t="s">
+        <v>107</v>
+      </c>
+      <c r="F22">
+        <v>6</v>
+      </c>
+      <c r="G22">
+        <v>6</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="P22" t="s">
+        <v>83</v>
+      </c>
+      <c r="R22">
+        <v>0</v>
+      </c>
+      <c r="S22" t="s">
+        <v>25</v>
+      </c>
+      <c r="T22" t="s">
+        <v>25</v>
+      </c>
+      <c r="X22">
+        <v>51.81303297756324</v>
+      </c>
+      <c r="Y22">
+        <v>4.659488052129745</v>
+      </c>
+      <c r="AB22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" t="s">
+        <v>12</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>98</v>
+      </c>
+      <c r="E23" t="s">
+        <v>108</v>
+      </c>
+      <c r="F23">
+        <v>7</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="H23" t="s">
+        <v>100</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="P23" t="s">
+        <v>83</v>
+      </c>
+      <c r="R23">
+        <v>0</v>
+      </c>
+      <c r="S23" t="s">
+        <v>25</v>
+      </c>
+      <c r="T23" t="s">
+        <v>25</v>
+      </c>
+      <c r="X23">
+        <v>51.81718957119935</v>
+      </c>
+      <c r="Y23">
+        <v>4.653446521142087</v>
+      </c>
+      <c r="AB23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>98</v>
+      </c>
+      <c r="E24" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24">
+        <v>8</v>
+      </c>
+      <c r="G24">
+        <v>-15</v>
+      </c>
+      <c r="H24" t="s">
+        <v>100</v>
+      </c>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
+      <c r="P24" t="s">
+        <v>90</v>
+      </c>
+      <c r="R24">
+        <v>0</v>
+      </c>
+      <c r="S24" t="s">
+        <v>25</v>
+      </c>
+      <c r="T24" t="s">
+        <v>25</v>
+      </c>
+      <c r="X24">
+        <v>51.81265156302308</v>
+      </c>
+      <c r="Y24">
+        <v>4.66086307836872</v>
+      </c>
+      <c r="AB24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" t="s">
+        <v>12</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25">
+        <v>9</v>
+      </c>
+      <c r="G25">
+        <v>-18</v>
+      </c>
+      <c r="H25" t="s">
+        <v>100</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="P25" t="s">
+        <v>90</v>
+      </c>
+      <c r="R25">
+        <v>0</v>
+      </c>
+      <c r="S25" t="s">
+        <v>25</v>
+      </c>
+      <c r="T25" t="s">
+        <v>25</v>
+      </c>
+      <c r="X25">
+        <v>51.81265198637581</v>
+      </c>
+      <c r="Y25">
+        <v>4.660834953252049</v>
+      </c>
+      <c r="AB25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" t="s">
+        <v>12</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26">
+        <v>10</v>
+      </c>
+      <c r="G26">
+        <v>-20</v>
+      </c>
+      <c r="H26" t="s">
+        <v>100</v>
+      </c>
+      <c r="L26" t="s">
+        <v>25</v>
+      </c>
+      <c r="P26" t="s">
+        <v>90</v>
+      </c>
+      <c r="R26">
+        <v>0</v>
+      </c>
+      <c r="S26" t="s">
+        <v>25</v>
+      </c>
+      <c r="T26" t="s">
+        <v>25</v>
+      </c>
+      <c r="X26">
+        <v>51.81265378112846</v>
+      </c>
+      <c r="Y26">
+        <v>4.660818230815693</v>
+      </c>
+      <c r="AB26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>23</v>
+      </c>
+      <c r="B27" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" t="s">
+        <v>98</v>
+      </c>
+      <c r="E27" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27">
+        <v>11</v>
+      </c>
+      <c r="G27">
+        <v>-19</v>
+      </c>
+      <c r="H27" t="s">
+        <v>100</v>
+      </c>
+      <c r="L27" t="s">
+        <v>25</v>
+      </c>
+      <c r="P27" t="s">
+        <v>90</v>
+      </c>
+      <c r="R27">
+        <v>0</v>
+      </c>
+      <c r="S27" t="s">
+        <v>25</v>
+      </c>
+      <c r="T27" t="s">
+        <v>25</v>
+      </c>
+      <c r="X27">
+        <v>51.81265452049675</v>
+      </c>
+      <c r="Y27">
+        <v>4.66079849789304</v>
+      </c>
+      <c r="AB27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B28" t="s">
+        <v>12</v>
+      </c>
+      <c r="C28" t="s">
+        <v>38</v>
+      </c>
+      <c r="D28" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" t="s">
+        <v>113</v>
+      </c>
+      <c r="F28">
+        <v>12</v>
+      </c>
+      <c r="G28">
+        <v>-26</v>
+      </c>
+      <c r="H28" t="s">
+        <v>100</v>
+      </c>
+      <c r="L28" t="s">
+        <v>25</v>
+      </c>
+      <c r="P28" t="s">
+        <v>90</v>
+      </c>
+      <c r="R28">
+        <v>0</v>
+      </c>
+      <c r="S28" t="s">
+        <v>25</v>
+      </c>
+      <c r="T28" t="s">
+        <v>25</v>
+      </c>
+      <c r="X28">
+        <v>51.81265636891814</v>
+      </c>
+      <c r="Y28">
+        <v>4.660774579198772</v>
+      </c>
+      <c r="AB28">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>23</v>
+      </c>
+      <c r="B29" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29">
+        <v>13</v>
+      </c>
+      <c r="G29">
+        <v>-32</v>
+      </c>
+      <c r="H29" t="s">
+        <v>100</v>
+      </c>
+      <c r="L29" t="s">
+        <v>25</v>
+      </c>
+      <c r="P29" t="s">
+        <v>90</v>
+      </c>
+      <c r="R29">
+        <v>0</v>
+      </c>
+      <c r="S29" t="s">
+        <v>25</v>
+      </c>
+      <c r="T29" t="s">
+        <v>25</v>
+      </c>
+      <c r="X29">
+        <v>51.81265895670771</v>
+      </c>
+      <c r="Y29">
+        <v>4.660735711320172</v>
+      </c>
+      <c r="AB29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>23</v>
+      </c>
+      <c r="B30" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" t="s">
+        <v>115</v>
+      </c>
+      <c r="E30" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="L30" t="s">
+        <v>25</v>
+      </c>
+      <c r="R30">
+        <v>0</v>
+      </c>
+      <c r="S30" t="s">
+        <v>25</v>
+      </c>
+      <c r="T30" t="s">
+        <v>25</v>
+      </c>
+      <c r="X30">
+        <v>51.81293425620194</v>
+      </c>
+      <c r="Y30">
+        <v>4.659469705741373</v>
+      </c>
+      <c r="AB30">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" t="s">
+        <v>39</v>
+      </c>
+      <c r="D31" t="s">
+        <v>117</v>
+      </c>
+      <c r="E31" t="s">
+        <v>118</v>
+      </c>
+      <c r="F31">
+        <v>1</v>
+      </c>
+      <c r="L31" t="s">
+        <v>25</v>
+      </c>
+      <c r="R31">
+        <v>0</v>
+      </c>
+      <c r="S31" t="s">
+        <v>25</v>
+      </c>
+      <c r="T31" t="s">
+        <v>25</v>
+      </c>
+      <c r="X31">
+        <v>51.81297997970549</v>
+      </c>
+      <c r="Y31">
+        <v>4.659435927470895</v>
+      </c>
+      <c r="AB31">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32">
+        <v>2</v>
+      </c>
+      <c r="L32" t="s">
+        <v>25</v>
+      </c>
+      <c r="R32">
+        <v>0</v>
+      </c>
+      <c r="S32" t="s">
+        <v>25</v>
+      </c>
+      <c r="T32" t="s">
+        <v>25</v>
+      </c>
+      <c r="X32">
+        <v>51.81303438333796</v>
+      </c>
+      <c r="Y32">
+        <v>4.659463242389393</v>
+      </c>
+      <c r="AB32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33" t="s">
+        <v>121</v>
+      </c>
+      <c r="E33" t="s">
+        <v>122</v>
+      </c>
+      <c r="F33">
+        <v>3</v>
+      </c>
+      <c r="L33" t="s">
+        <v>25</v>
+      </c>
+      <c r="R33">
+        <v>0</v>
+      </c>
+      <c r="S33" t="s">
+        <v>25</v>
+      </c>
+      <c r="T33" t="s">
+        <v>25</v>
+      </c>
+      <c r="X33">
+        <v>51.81259319957573</v>
+      </c>
+      <c r="Y33">
+        <v>4.660847921519547</v>
+      </c>
+      <c r="AB33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>23</v>
+      </c>
+      <c r="B34" t="s">
+        <v>36</v>
+      </c>
+      <c r="C34" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" t="s">
+        <v>123</v>
+      </c>
+      <c r="E34" t="s">
+        <v>124</v>
+      </c>
+      <c r="F34">
+        <v>4</v>
+      </c>
+      <c r="L34" t="s">
+        <v>25</v>
+      </c>
+      <c r="R34">
+        <v>0</v>
+      </c>
+      <c r="S34" t="s">
+        <v>25</v>
+      </c>
+      <c r="T34" t="s">
+        <v>25</v>
+      </c>
+      <c r="X34">
+        <v>51.81260246219964</v>
+      </c>
+      <c r="Y34">
+        <v>4.660753527803308</v>
+      </c>
+      <c r="AB34">
+        <v>2</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E5"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
-    <col min="1" max="1" width="32" customWidth="1"/>
-    <col min="2" max="5" width="24" customWidth="1"/>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="5" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>11</v>
       </c>
       <c r="B1" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="C1" t="s">
-        <v>37</v>
+        <v>125</v>
       </c>
       <c r="D1" t="s">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="E1" t="s">
-        <v>39</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>24</v>
+      </c>
+      <c r="C2">
+        <v>-1.47</v>
+      </c>
+      <c r="D2">
+        <v>-1.47</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>31</v>
+      </c>
+      <c r="C3">
+        <v>-1.63</v>
+      </c>
+      <c r="D3">
+        <v>-1.63</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>33</v>
+      </c>
+      <c r="C4">
+        <v>-2.25</v>
+      </c>
+      <c r="D4">
+        <v>-2.25</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>36</v>
+      </c>
+      <c r="C5">
+        <v>-2.31</v>
+      </c>
+      <c r="D5">
+        <v>-2.31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Project</vt:lpstr>
       <vt:lpstr>Beoordeling &amp; Advies</vt:lpstr>
       <vt:lpstr>Metingen</vt:lpstr>
+      <vt:lpstr>Meetpunten (ruw)</vt:lpstr>
+      <vt:lpstr>Pandzakking (ruw)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>FunderScan</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>