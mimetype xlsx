--- v1 (2026-02-28)
+++ v2 (2026-02-28)
@@ -39,51 +39,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="128">
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Projectnaam</t>
   </si>
   <si>
     <t>Test project</t>
   </si>
   <si>
     <t>Project-ID</t>
   </si>
   <si>
     <t>cmk2l6227000u2hykl3f52m2a</t>
   </si>
   <si>
     <t>Exportdatum</t>
   </si>
   <si>
-    <t>28 feb 2026, 10:23</t>
+    <t>28 feb 2026, 12:03</t>
   </si>
   <si>
     <t>Objecten</t>
   </si>
   <si>
     <t>Conclusie</t>
   </si>
   <si>
     <t xml:space="preserve">## CONCLUSIE  
 De beoordeling van de funderingssituatie in de Suikerstraat en Boogjes in Dordrecht toont een gemengd schadebeeld. Twee objecten, Suikerstraat 70 en Boogjes 177, vertonen significante structurele schade met duidelijke tekenen van funderingsproblemen, zoals scheurvorming en scheefstand. De beoordeling door de expert heeft deze objecten geclassificeerd met een verhoogd risico, wat duidt op een hoge urgentie voor nader funderingsonderzoek. De overige panden, Suikerstraat 72 en Boogjes 175, vertonen geen of lichte indicaties van funderingsproblemen, met een beoordeling die wijst op een laag risico. 
 Er zijn aanwijzingen voor actief voortschrijdende schade bij de objecten met verhoogd risico, wat de noodzaak voor een spoedige aanpak onderstreept.
 ## BEWIJSGROND EN BETROUWBAARHEID  
 De beoordeling is gebaseerd op de systematiek van richtlijnen en de feitelijke metingen. De metingen omvatten scheurbreedte, scheefstand volgens lintvoeg- en loodmetingen, en de waarnemingen van pandzakking. De expertbeoordeling heeft in enkele gevallen geleid tot afwijkingen van de normatieve beoordeling, met name voor de objecten met significante schade. De betrouwbaarheid van de beoordeling is hoog, gebaseerd op systematische opname en metingen, hoewel voor sommige objecten aanvullende data ontbreekt.
 ## ADVIES  
 Voor de objecten met een verhoogd risico (Suikerstraat 70 en Boogjes 177) is het advies om binnen korte termijn een volledig funderingsonderzoek uit te voeren. Dit onderzoek moet gericht zijn op het funderingstype, draagvermogen, grondwaterregime en bodemopbouw, met als doel een gefaseerd maatregelenplan op te stellen. Voor de panden met een laag risico (Suikerstraat 72 en Boogjes 175) wordt aanbevolen om regelmatig monitoring en periodieke inspecties uit te voeren om tijdig in te kunnen spelen op eventuele wijzigingen.
 ## ONZEKERHEDEN EN RANDVOORWAARDEN  
 Belangrijke onzekerheden betreffen de ontbrekende meetdata voor enkele objecten, evenals de indicatieve aard van de metingen bij de panden met lage schade-indicaties. De beoordeling is een momentopname op basis van de beschikbare informatie en kan in de toekomst wijzigen indien nieuwe gegevens beschikbaar komen.</t>
   </si>
   <si>
     <t>Cluster</t>
   </si>
   <si>
     <t>Object</t>
   </si>
   <si>