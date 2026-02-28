--- v0 (2026-01-10)
+++ v1 (2026-02-28)
@@ -1,136 +1,263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Project" state="visible" r:id="rId4"/>
     <sheet sheetId="2" name="Beoordeling &amp; Advies" state="visible" r:id="rId5"/>
     <sheet sheetId="3" name="Metingen" state="visible" r:id="rId6"/>
+    <sheet sheetId="4" name="Meetpunten (ruw)" state="visible" r:id="rId7"/>
+    <sheet sheetId="5" name="Pandzakking (ruw)" state="visible" r:id="rId8"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="66">
   <si>
     <t>Onderdeel</t>
   </si>
   <si>
     <t>Waarde</t>
   </si>
   <si>
     <t>Projectnaam</t>
   </si>
   <si>
     <t>test</t>
   </si>
   <si>
     <t>Project-ID</t>
   </si>
   <si>
     <t>cmk6k1nha01541awvzb636gyj</t>
   </si>
   <si>
     <t>Exportdatum</t>
   </si>
   <si>
-    <t>10 jan 2026, 22:25</t>
+    <t>28 feb 2026, 10:20</t>
   </si>
   <si>
     <t>Objecten</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
+    <t>Cluster</t>
+  </si>
+  <si>
     <t>Object</t>
   </si>
   <si>
     <t>Risico status</t>
   </si>
   <si>
     <t>Risico code</t>
   </si>
   <si>
     <t>Risico (berekend)</t>
   </si>
   <si>
     <t>Risico motivatie</t>
   </si>
   <si>
     <t>Statusnotitie</t>
   </si>
   <si>
     <t>Advies</t>
   </si>
   <si>
     <t>Adviescode</t>
   </si>
   <si>
     <t>Adviesnotitie</t>
   </si>
   <si>
     <t>Expert</t>
   </si>
   <si>
     <t>Expert datum</t>
   </si>
   <si>
     <t>Lintvoeg</t>
   </si>
   <si>
     <t>Lood</t>
   </si>
   <si>
     <t>Scheur</t>
   </si>
   <si>
     <t>Pandzakking</t>
+  </si>
+  <si>
+    <t>Meettype</t>
+  </si>
+  <si>
+    <t>Meting ID</t>
+  </si>
+  <si>
+    <t>Meetpunt ID</t>
+  </si>
+  <si>
+    <t>Volgnummer</t>
+  </si>
+  <si>
+    <t>Eenheid</t>
+  </si>
+  <si>
+    <t>Lint hoogte (mm)</t>
+  </si>
+  <si>
+    <t>Lint afstand (mm)</t>
+  </si>
+  <si>
+    <t>Lint afstand override (mm)</t>
+  </si>
+  <si>
+    <t>Lint breuk</t>
+  </si>
+  <si>
+    <t>Scheefstand ratio</t>
+  </si>
+  <si>
+    <t>Verpl. secundair (mm)</t>
+  </si>
+  <si>
+    <t>Verpl. secundair noot</t>
+  </si>
+  <si>
+    <t>Beoordeling code</t>
+  </si>
+  <si>
+    <t>Beoordeling sec.</t>
+  </si>
+  <si>
+    <t>Severity</t>
+  </si>
+  <si>
+    <t>Lint classificatie</t>
+  </si>
+  <si>
+    <t>Scheefstand classificatie</t>
+  </si>
+  <si>
+    <t>Opmerking</t>
+  </si>
+  <si>
+    <t>Omschrijving</t>
+  </si>
+  <si>
+    <t>Locatie</t>
+  </si>
+  <si>
+    <t>Lat</t>
+  </si>
+  <si>
+    <t>Lng</t>
+  </si>
+  <si>
+    <t>Staart lat</t>
+  </si>
+  <si>
+    <t>Staart lng</t>
+  </si>
+  <si>
+    <t>Annotaties</t>
+  </si>
+  <si>
+    <t>Geen cluster</t>
+  </si>
+  <si>
+    <t>cmk6k301e019i1awvb9fnhckv</t>
+  </si>
+  <si>
+    <t>cmkcmqpng00ho1a0ewhpoarzz</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>cmkcmqpnm00hp1a0egrxib64a</t>
+  </si>
+  <si>
+    <t>cmkcmqpnr00hq1a0enlq1s4mn</t>
+  </si>
+  <si>
+    <t>cmkcmqpnw00hr1a0e6aa5bpjs</t>
+  </si>
+  <si>
+    <t>cmkcmqpo200hs1a0eqsp5en73</t>
+  </si>
+  <si>
+    <t>cmkcmqpo700ht1a0e6a1ujs33</t>
+  </si>
+  <si>
+    <t>cmkcmqpoc00hu1a0ezv3yikbu</t>
+  </si>
+  <si>
+    <t>cmkcmqpoh00hv1a0emoqilvgv</t>
+  </si>
+  <si>
+    <t>Snelheid (mm/jaar)</t>
+  </si>
+  <si>
+    <t>Snelheid FunderMaps</t>
+  </si>
+  <si>
+    <t>Snelheid handmatig</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -142,51 +269,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -522,155 +649,687 @@
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K1"/>
+  <dimension ref="A1:L1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
-    <col min="1" max="1" width="32" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="11" width="24" customWidth="1"/>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="3" width="20" customWidth="1"/>
+    <col min="4" max="5" width="18" customWidth="1"/>
+    <col min="6" max="7" width="40" customWidth="1"/>
+    <col min="8" max="8" width="22" customWidth="1"/>
+    <col min="9" max="9" width="18" customWidth="1"/>
+    <col min="10" max="10" width="40" customWidth="1"/>
+    <col min="11" max="12" width="24" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>10</v>
       </c>
       <c r="B1" t="s">
         <v>11</v>
       </c>
       <c r="C1" t="s">
         <v>12</v>
       </c>
       <c r="D1" t="s">
         <v>13</v>
       </c>
       <c r="E1" t="s">
         <v>14</v>
       </c>
       <c r="F1" t="s">
         <v>15</v>
       </c>
       <c r="G1" t="s">
         <v>16</v>
       </c>
       <c r="H1" t="s">
         <v>17</v>
       </c>
       <c r="I1" t="s">
         <v>18</v>
       </c>
       <c r="J1" t="s">
         <v>19</v>
       </c>
       <c r="K1" t="s">
         <v>20</v>
+      </c>
+      <c r="L1" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F1"/>
+  <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
+  <cols>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="6" width="24" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1" t="s">
+        <v>24</v>
+      </c>
+      <c r="F1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AB9"/>
+  <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
+  <cols>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="3" width="16" customWidth="1"/>
+    <col min="4" max="5" width="26" customWidth="1"/>
+    <col min="6" max="7" width="12" customWidth="1"/>
+    <col min="8" max="8" width="10" customWidth="1"/>
+    <col min="9" max="9" width="16" customWidth="1"/>
+    <col min="10" max="10" width="18" customWidth="1"/>
+    <col min="11" max="11" width="24" customWidth="1"/>
+    <col min="12" max="12" width="12" customWidth="1"/>
+    <col min="13" max="13" width="16" customWidth="1"/>
+    <col min="14" max="14" width="22" customWidth="1"/>
+    <col min="15" max="15" width="26" customWidth="1"/>
+    <col min="16" max="17" width="18" customWidth="1"/>
+    <col min="18" max="18" width="10" customWidth="1"/>
+    <col min="19" max="19" width="20" customWidth="1"/>
+    <col min="20" max="20" width="24" customWidth="1"/>
+    <col min="21" max="22" width="32" customWidth="1"/>
+    <col min="23" max="23" width="28" customWidth="1"/>
+    <col min="24" max="28" width="12" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G1" t="s">
+        <v>1</v>
+      </c>
+      <c r="H1" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1" t="s">
+        <v>31</v>
+      </c>
+      <c r="J1" t="s">
+        <v>32</v>
+      </c>
+      <c r="K1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L1" t="s">
+        <v>34</v>
+      </c>
+      <c r="M1" t="s">
+        <v>35</v>
+      </c>
+      <c r="N1" t="s">
+        <v>36</v>
+      </c>
+      <c r="O1" t="s">
+        <v>37</v>
+      </c>
+      <c r="P1" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>39</v>
+      </c>
+      <c r="R1" t="s">
+        <v>40</v>
+      </c>
+      <c r="S1" t="s">
+        <v>41</v>
+      </c>
+      <c r="T1" t="s">
+        <v>42</v>
+      </c>
+      <c r="U1" t="s">
+        <v>43</v>
+      </c>
+      <c r="V1" t="s">
+        <v>44</v>
+      </c>
+      <c r="W1" t="s">
+        <v>45</v>
+      </c>
+      <c r="X1" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y1" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z1" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA1" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2">
+        <v>0</v>
+      </c>
+      <c r="I2">
+        <v>0</v>
+      </c>
+      <c r="L2" t="s">
+        <v>54</v>
+      </c>
+      <c r="R2">
+        <v>0</v>
+      </c>
+      <c r="S2" t="s">
+        <v>55</v>
+      </c>
+      <c r="T2" t="s">
+        <v>55</v>
+      </c>
+      <c r="X2">
+        <v>52.10000576674523</v>
+      </c>
+      <c r="Y2">
+        <v>5.29933078885108</v>
+      </c>
+      <c r="AB2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3">
+        <v>1</v>
+      </c>
+      <c r="I3">
+        <v>15</v>
+      </c>
+      <c r="J3">
+        <v>5230</v>
+      </c>
+      <c r="K3">
+        <v>1000</v>
+      </c>
+      <c r="L3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R3">
+        <v>0</v>
+      </c>
+      <c r="S3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T3" t="s">
+        <v>55</v>
+      </c>
+      <c r="X3">
+        <v>52.10001977169239</v>
+      </c>
+      <c r="Y3">
+        <v>5.299403879044917</v>
+      </c>
+      <c r="AB3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4">
+        <v>2</v>
+      </c>
+      <c r="I4">
+        <v>-10</v>
+      </c>
+      <c r="J4">
+        <v>6738</v>
+      </c>
+      <c r="K4">
+        <v>2000</v>
+      </c>
+      <c r="L4" t="s">
+        <v>55</v>
+      </c>
+      <c r="R4">
+        <v>0</v>
+      </c>
+      <c r="S4" t="s">
+        <v>55</v>
+      </c>
+      <c r="T4" t="s">
+        <v>55</v>
+      </c>
+      <c r="X4">
+        <v>52.09998781432125</v>
+      </c>
+      <c r="Y4">
+        <v>5.299487698076035</v>
+      </c>
+      <c r="AB4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5">
+        <v>3</v>
+      </c>
+      <c r="I5">
+        <v>2</v>
+      </c>
+      <c r="J5">
+        <v>5947</v>
+      </c>
+      <c r="K5">
+        <v>3000</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="R5">
+        <v>0</v>
+      </c>
+      <c r="S5" t="s">
+        <v>55</v>
+      </c>
+      <c r="T5" t="s">
+        <v>55</v>
+      </c>
+      <c r="X5">
+        <v>52.10001870759325</v>
+      </c>
+      <c r="Y5">
+        <v>5.299558776614759</v>
+      </c>
+      <c r="AB5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6">
+        <v>4</v>
+      </c>
+      <c r="J6">
+        <v>5231</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="R6">
+        <v>0</v>
+      </c>
+      <c r="S6" t="s">
+        <v>55</v>
+      </c>
+      <c r="T6" t="s">
+        <v>55</v>
+      </c>
+      <c r="X6">
+        <v>52.09998287139598</v>
+      </c>
+      <c r="Y6">
+        <v>5.299608397482046</v>
+      </c>
+      <c r="AB6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7">
+        <v>5</v>
+      </c>
+      <c r="J7">
+        <v>10248</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="R7">
+        <v>0</v>
+      </c>
+      <c r="S7" t="s">
+        <v>55</v>
+      </c>
+      <c r="T7" t="s">
+        <v>55</v>
+      </c>
+      <c r="X7">
+        <v>52.09999728826011</v>
+      </c>
+      <c r="Y7">
+        <v>5.29975658953046</v>
+      </c>
+      <c r="AB7">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8">
+        <v>6</v>
+      </c>
+      <c r="J8">
+        <v>9300</v>
+      </c>
+      <c r="L8" t="s">
+        <v>55</v>
+      </c>
+      <c r="R8">
+        <v>0</v>
+      </c>
+      <c r="S8" t="s">
+        <v>55</v>
+      </c>
+      <c r="T8" t="s">
+        <v>55</v>
+      </c>
+      <c r="X8">
+        <v>52.10001911950357</v>
+      </c>
+      <c r="Y8">
+        <v>5.299888017772219</v>
+      </c>
+      <c r="AB8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9">
+        <v>7</v>
+      </c>
+      <c r="J9">
+        <v>6138</v>
+      </c>
+      <c r="L9" t="s">
+        <v>55</v>
+      </c>
+      <c r="R9">
+        <v>0</v>
+      </c>
+      <c r="S9" t="s">
+        <v>55</v>
+      </c>
+      <c r="T9" t="s">
+        <v>55</v>
+      </c>
+      <c r="X9">
+        <v>52.0999853428587</v>
+      </c>
+      <c r="Y9">
+        <v>5.299959096310914</v>
+      </c>
+      <c r="AB9">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E1"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
-    <col min="1" max="1" width="32" customWidth="1"/>
-    <col min="2" max="5" width="24" customWidth="1"/>
+    <col min="1" max="1" width="20" customWidth="1"/>
+    <col min="2" max="2" width="32" customWidth="1"/>
+    <col min="3" max="5" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>10</v>
       </c>
       <c r="B1" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C1" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="D1" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="E1" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Project</vt:lpstr>
       <vt:lpstr>Beoordeling &amp; Advies</vt:lpstr>
       <vt:lpstr>Metingen</vt:lpstr>
+      <vt:lpstr>Meetpunten (ruw)</vt:lpstr>
+      <vt:lpstr>Pandzakking (ruw)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>FunderScan</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>